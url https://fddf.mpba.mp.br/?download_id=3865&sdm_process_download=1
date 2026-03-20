--- v0 (2025-10-19)
+++ v1 (2026-03-20)
@@ -1,15534 +1,15138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...16 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/media/image2.png" ContentType="image/png"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/_rels/footer1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/_rels/header1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/_rels/header2.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/_rels/footer2.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/_rels/item1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/customXml/_rels/item2.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/customXml/_rels/item3.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
-    <w:p w14:paraId="056BF4F8" w14:textId="1AACDE69" w:rsidR="3219F7EE" w:rsidRDefault="23D51D9F" w:rsidP="4093C662">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4093C662">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">FORMULÁRIO DE </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> FDDF-MPBA</w:t>
+        <w:t>FORMULÁRIO DE APRESENTAÇÃO DE PROJETOS AO FDDF-MPBA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28798E15" w14:textId="0C8660B5" w:rsidR="4093C662" w:rsidRDefault="4093C662" w:rsidP="4093C662">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10174" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...5 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="45" w:type="dxa"/>
+          <w:left w:w="45" w:type="dxa"/>
+          <w:bottom w:w="45" w:type="dxa"/>
+          <w:right w:w="45" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="0" w:noVBand="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5194"/>
+        <w:gridCol w:w="5193"/>
         <w:gridCol w:w="4980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="7CD33895" w14:paraId="5441B5A2" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10174" w:type="dxa"/>
+            <w:tcW w:w="10173" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="2AAB9954" w14:textId="44F4C477" w:rsidR="002508D5" w:rsidRDefault="408B5296" w:rsidP="4093C662">
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DADOS DO PROPONENTE E RESPONSÁVEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="7CD33895" w14:paraId="2BDBEC50" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10174" w:type="dxa"/>
+            <w:tcW w:w="10173" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nome </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Nome da entidade (pessoa jurídica):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10173" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>da entidade (pessoa jurídica):</w:t>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>CNPJ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10173" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CNPJ:</w:t>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Endereço da entidade:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10173" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Endereço da entidade:</w:t>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Responsável pela submissão:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10173" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Responsável pela submissão:</w:t>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>CPF do responsável pela submissão:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10173" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>CPF do responsável pela submissão:</w:t>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">Cargo/Função: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cargo/Função: </w:t>
-[...28 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="22"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Telefone:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Telefone:</w:t>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>E-mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5008CD4F" w14:textId="02CD65B6" w:rsidR="6A192C45" w:rsidRDefault="6A192C45"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10215" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:top w:w="45" w:type="dxa"/>
+          <w:left w:w="45" w:type="dxa"/>
+          <w:bottom w:w="45" w:type="dxa"/>
+          <w:right w:w="45" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="0" w:noVBand="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10215"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="1CC3CCB4" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10215" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="61B7DC9F" w14:textId="76679844" w:rsidR="0EAC81DA" w:rsidRDefault="3AD3CC15" w:rsidP="4093C662">
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">INFORMAÇÕES GERAIS DO PROJETO  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="2C4BD32C" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10215" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Título do </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Título do projeto:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>p</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">Área temática abrangida: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>( )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>rojeto:</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cível ( ) Consumidor ( ) Criança e adolescente ( ) Criminal ( ) Direitos Humanos ( ) Educação ( ) Meio Ambiente ( ) Patrimônio Público ( ) Saúde ( ) Segurança Pública</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="770621A6" w14:paraId="5A469919" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10215" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-              <w:spacing w:after="120"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Área temática abrangida</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Objeto do projeto:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...208 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Objeto do projeto:</w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-            <w:pPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="6F2EB240" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10215" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-            <w:pPr>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2861CFEF">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Duração </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Duração prevista em meses:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>p</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>revista</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Valor estimado do projeto em reais:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...177 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Local de execução do projeto:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="08E691A6" w14:textId="1A780710" w:rsidR="121F2065" w:rsidRDefault="121F2065" w:rsidP="121F2065"/>
-[...253 lines deleted...]
-    <w:p w14:paraId="39C237D7" w14:textId="1F16CBC4" w:rsidR="001C15ED" w:rsidRDefault="001C15ED" w:rsidP="0EAC81DA">
+    <w:p>
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
       </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10205" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:top w:w="45" w:type="dxa"/>
+          <w:left w:w="45" w:type="dxa"/>
+          <w:bottom w:w="45" w:type="dxa"/>
+          <w:right w:w="45" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="0" w:noVBand="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10205"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="5802843C" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10205" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...14 lines deleted...]
-              <w:pStyle w:val="TableContents"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>JUSTIFICATIVA E IMPACTO SOCIAL</w:t>
+              <w:t>DIAGNÓSTICO SITUACIONAL DA PROBLEMÁTICA SOCIAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="4BF9C9EE" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10205" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...13 lines deleted...]
-              <w:pStyle w:val="TableContents"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Descrição do problema: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">Descreva a problemática social ou demanda específica relacionada aos direitos fundamentais que o projeto pretende abordar. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10205" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="45" w:type="dxa"/>
+          <w:left w:w="45" w:type="dxa"/>
+          <w:bottom w:w="45" w:type="dxa"/>
+          <w:right w:w="45" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="0" w:noVBand="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:val="0000"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10205"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Justificativa do </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>p</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>JUSTIFICATIVA E IMPACTO SOCIAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">rojeto: </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">Justificativa do projeto: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Explique a relevância </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Explique a relevância social do projeto, justificando o impacto social esperado no curto ou médio prazo.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10205" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">social </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Beneficiários diretos e indiretos:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>do projeto</w:t>
-[...21 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Descreva os beneficiários diretos e indiretos, ou seja, o público-alvo, e como o projeto contribuirá para a melhoria da qualidade de vida ou promoção de direitos dessa população.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="770621A6" w14:paraId="11A7C1D4" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10205" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...13 lines deleted...]
-              <w:pStyle w:val="TableContents"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:pStyle w:val="TableContents"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:pStyle w:val="TableContents"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...263 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="223A70CD" w14:textId="55BE573B" w:rsidR="3EFDC5CC" w:rsidRDefault="3EFDC5CC">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10329" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:top w:w="45" w:type="dxa"/>
+          <w:left w:w="45" w:type="dxa"/>
+          <w:bottom w:w="45" w:type="dxa"/>
+          <w:right w:w="45" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="0" w:noVBand="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10329"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="3520DDEC" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10329" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...14 lines deleted...]
-              <w:pStyle w:val="TableContents"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Contedodatabela"/>
+              <w:pageBreakBefore/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">DIREITOS FUNDAMENTAIS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="39F8C240" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10329" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...13 lines deleted...]
-              <w:widowControl w:val="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="430280C4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Descrição dos </w:t>
-[...80 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">Descrição dos direitos fundamentais promovidos: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Detalhe quais direitos fundamentais serão promovidos ou defendidos através das atividades propostas</w:t>
-[...175 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Detalhe quais direitos fundamentais serão promovidos ou defendidos através das atividades propostas, mencionando a legislação, normas ou tratados internacionais relevantes, se for aplicável ao caso concreto, evidenciando a relação com uma ou mais áreas temáticas de atuação, sendo elas Cível, Consumidor, Criminal, Criança e Adolescente, Direitos Humanos, Educação, Meio Ambiente, Patrimônio Público, Saúde e Segurança Pública. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="770621A6" w14:paraId="092741FC" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10329" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45275DD8" w14:textId="07AB3EF3" w:rsidR="430280C4" w:rsidRDefault="430280C4"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10324" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="90" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="90" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="1" w:noVBand="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:val="06a0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1984"/>
-        <w:gridCol w:w="2565"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3150"/>
+        <w:gridCol w:w="2564"/>
+        <w:gridCol w:w="2627"/>
+        <w:gridCol w:w="3148"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009626F4" w14:paraId="3AF4BE3F" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10324" w:type="dxa"/>
+            <w:tcW w:w="10323" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="68818E1A" w14:textId="5078AB82" w:rsidR="0EAC81DA" w:rsidRDefault="36CB1E15" w:rsidP="4093C662">
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">PLANO DE TRABALHO E METAS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009626F4" w14:paraId="4E09A42C" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>FASES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2564" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>ATIVIDADES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>METAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RESULTADOS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2564" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="90" w:type="dxa"/>
-              <w:right w:w="90" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F009B99" w14:textId="254C54E1" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="0EAC81DA">
-[...27 lines deleted...]
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2564" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="90" w:type="dxa"/>
-              <w:right w:w="90" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6AA024" w14:textId="0FAC5CFE" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="0EAC81DA">
-[...27 lines deleted...]
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2564" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2564" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="90" w:type="dxa"/>
-              <w:right w:w="90" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2069A582" w14:textId="5326E93A" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="0EAC81DA">
-[...28 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2564" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="90" w:type="dxa"/>
-              <w:right w:w="90" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08C72A14" w14:textId="0C674949" w:rsidR="2CE06104" w:rsidRDefault="43995AAD" w:rsidP="67954BA6">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">RESULTADOS </w:t>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2564" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009626F4" w14:paraId="7B21681F" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2564" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="90" w:type="dxa"/>
-              <w:right w:w="90" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="617262DC" w14:textId="387366B8" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="0EAC81DA">
-[...12 lines deleted...]
-            <w:tcW w:w="2565" w:type="dxa"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2564" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="90" w:type="dxa"/>
-              <w:right w:w="90" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28BC9698" w14:textId="31A2AC33" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="0EAC81DA">
-[...16 lines deleted...]
-            </w:tcMar>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2564" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61147D69" w14:textId="6B37B3B1" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="0EAC81DA">
-[...19 lines deleted...]
-            </w:tcMar>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5987B990" w14:textId="2EEDA20D" w:rsidR="67954BA6" w:rsidRDefault="67954BA6" w:rsidP="67954BA6">
-[...19 lines deleted...]
-            <w:vMerge/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA48449" w14:textId="77777777" w:rsidR="001C15ED" w:rsidRDefault="001C15ED"/>
-[...640 lines deleted...]
-            </w:pPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3275F303" w14:textId="23AE2EFC" w:rsidR="430280C4" w:rsidRDefault="430280C4"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="04B35F77" w14:textId="52764FA1" w:rsidR="4093C662" w:rsidRDefault="4093C662"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10624" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="105" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="105" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="1" w:noVBand="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:val="06a0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1977"/>
-        <w:gridCol w:w="1865"/>
+        <w:gridCol w:w="1864"/>
+        <w:gridCol w:w="566"/>
+        <w:gridCol w:w="569"/>
+        <w:gridCol w:w="566"/>
         <w:gridCol w:w="567"/>
+        <w:gridCol w:w="568"/>
         <w:gridCol w:w="567"/>
-        <w:gridCol w:w="567"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="566"/>
+        <w:gridCol w:w="569"/>
+        <w:gridCol w:w="566"/>
+        <w:gridCol w:w="566"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="38232D43" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10624" w:type="dxa"/>
+            <w:tcW w:w="10623" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="67D088B1" w14:textId="6625519C" w:rsidR="0EAC81DA" w:rsidRDefault="36CB1E15" w:rsidP="4093C662">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>CRONOGRAMA DE EXECUÇÃO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="6E5F8B4E" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>FASES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1865" w:type="dxa"/>
+            <w:tcW w:w="1864" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcMar>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>ATIVIDADES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6782" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
-            <w:tcMar>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>PERÍODO DE EXECUÇÃO (MÊS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="5152BE0E" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1977" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="602AD40F" w14:textId="77777777" w:rsidR="001C15ED" w:rsidRDefault="001C15ED"/>
-[...4 lines deleted...]
-            <w:vMerge/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF9F6CB" w14:textId="77777777" w:rsidR="001C15ED" w:rsidRDefault="001C15ED"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
-            <w:tcMar>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="5EAF74C3" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1977" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="105" w:type="dxa"/>
-              <w:right w:w="105" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...13 lines deleted...]
-            <w:tcW w:w="1865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1977" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="105" w:type="dxa"/>
-              <w:right w:w="105" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...164 lines deleted...]
-            </w:pPr>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
-            <w:tcMar>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="4025C7A0" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-[...522 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1977" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="105" w:type="dxa"/>
-              <w:right w:w="105" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...13 lines deleted...]
-            <w:tcW w:w="1865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1977" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="105" w:type="dxa"/>
-              <w:right w:w="105" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...164 lines deleted...]
-            </w:pPr>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
-            <w:tcMar>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="7330201B" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-[...522 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1977" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1977" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="105" w:type="dxa"/>
-              <w:right w:w="105" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...13 lines deleted...]
-            <w:tcW w:w="1865" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1977" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
-              <w:left w:w="105" w:type="dxa"/>
-              <w:right w:w="105" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="569" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:tcMar>
-[...164 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="545" w:type="dxa"/>
-            <w:tcMar>
-[...534 lines deleted...]
-            </w:pPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="272FA40D" w14:textId="6599270D" w:rsidR="430280C4" w:rsidRDefault="430280C4" w:rsidP="430280C4">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10624" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCellMar>
+          <w:top w:w="45" w:type="dxa"/>
+          <w:left w:w="45" w:type="dxa"/>
+          <w:bottom w:w="45" w:type="dxa"/>
+          <w:right w:w="45" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="0" w:noVBand="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10624"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="5FA2BC15" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="2F213E4E" w14:textId="049AD5D3" w:rsidR="0EAC81DA" w:rsidRDefault="789A3E9B" w:rsidP="4093C662">
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">CAPACIDADE </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>CAPACIDADE TÉCNICA E VIABILIDADE OPERACIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">TÉCNICA </w:t>
-[...158 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">Capacidade técnica e viabilidade operacional da entidade: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Explique sobre a capacidade técnica </w:t>
             </w:r>
-            <w:r w:rsidR="5F7ECCA6" w:rsidRPr="0537F170">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>e a viabilidade operaciona</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>e a viabilidade operacional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
-                <w:iCs/>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> Identifique também os recursos materiais e humanos já existentes para a execução das atividades. </w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> da proponente para execução do projeto, relacionando com a comprovação que poderá ser feita através da apresentação de um ou mais documentos a seguir: histórico de projetos similares ou afins na área de submissão; atestados de capacidade técnica com as respectivas notas fiscais de atividades desenvolvidas anteriormente; termos de parceria ou de fomento; certificados e premiações; relatórios de execução e/ou prestação de contas aprovados em projetos sociais; depoimentos e cartas de recomendação. Identifique também os recursos materiais e humanos já existentes para a execução das atividades. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="3EFDC5CC" w14:paraId="675F3D53" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27221EAE" w14:textId="016CFB4D" w:rsidR="4093C662" w:rsidRDefault="4093C662"/>
-    <w:p w14:paraId="338B258B" w14:textId="5A27A1A0" w:rsidR="4093C662" w:rsidRDefault="4093C662"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10152" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="90" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="90" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="1" w:noVBand="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:val="06a0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1305"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2190"/>
+        <w:gridCol w:w="1304"/>
+        <w:gridCol w:w="2096"/>
+        <w:gridCol w:w="1967"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1037"/>
+        <w:gridCol w:w="2188"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="22BBD9F8" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10152" w:type="dxa"/>
+            <w:tcW w:w="10151" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...7 lines deleted...]
-            </w:tcMar>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="282000E2" w14:textId="67F59929" w:rsidR="0EAC81DA" w:rsidRDefault="36CB1E15" w:rsidP="4093C662">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>EQUIPE RESPONSÁVEL PELO PROJETO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E2748B4" w14:textId="55D4309F" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="67954BA6">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>(Identifique os recursos humanos necessários para a execução das atividades)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="3CF3A82C" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...8 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="660B2B5E" w14:textId="6EFC0C3E" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="67954BA6">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="67954BA6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>QUANTIDADE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...13 lines deleted...]
-            </w:tcMar>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>CARGO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD3A4B4" w14:textId="0C75FE4B" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="0EAC81DA">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0EAC81DA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:i w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...22 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="none"/>
+                <w:effect w:val="none"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>FORMAÇÃO E ATIVIDADES A SEREM DESENVOLVIDAS NO PROJETO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>CARGA HORÁRIA (INDICAR SE MENSAL OU SEMANAL)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="430280C4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...13 lines deleted...]
-            </w:tcMar>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>TIPO DE VÍNCULO (CLT, MEI, PJ...)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E163A42" w14:textId="6EEA239E" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="0EAC81DA">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0EAC81DA">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...84 lines deleted...]
-              <w:t xml:space="preserve"> (R$)</w:t>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SE FOR O CASO, INDICAR O VALOR EM R$ DA CONTRATAÇÃO COM RECURSOS DO PROJETO </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="731DC4DA" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...120 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="2A4935CB" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="360"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="360" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...120 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="003B13B3" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...120 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="4B33B1C2" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...120 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="3ED864EC" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...120 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="793DB619" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...120 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="1DAE7AB5" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0537F170" w14:paraId="55F416E5" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0537F170" w14:paraId="0CC817F1" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0537F170" w14:paraId="78E13A99" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0537F170" w14:paraId="307DC189" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1305" w:type="dxa"/>
-[...134 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1304" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1967" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2188" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6F441F47" w14:textId="16F71E9C" w:rsidR="0E1E3452" w:rsidRDefault="0E1E3452"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10205" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...4 lines deleted...]
-        </w:tblBorders>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="45" w:type="dxa"/>
+          <w:left w:w="45" w:type="dxa"/>
+          <w:bottom w:w="45" w:type="dxa"/>
+          <w:right w:w="45" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="1" w:noVBand="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:val="06a0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2055"/>
         <w:gridCol w:w="844"/>
         <w:gridCol w:w="1085"/>
         <w:gridCol w:w="1395"/>
         <w:gridCol w:w="1110"/>
-        <w:gridCol w:w="3716"/>
+        <w:gridCol w:w="3715"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="200D1255" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="750"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="750" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10205" w:type="dxa"/>
+            <w:tcW w:w="10204" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="05ED5760" w14:textId="022D6F60" w:rsidR="0EAC81DA" w:rsidRDefault="3AD3CC15" w:rsidP="4093C662">
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Orçamento</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45E62FBC" w14:textId="5F6A9361" w:rsidR="0EAC81DA" w:rsidRDefault="0989A64E" w:rsidP="4093C662">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(Adeque o orçamento de acordo com as especificações do seu projeto, incluindo ou excluindo itens)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78CAA341" w14:textId="405A2588" w:rsidR="0EAC81DA" w:rsidRDefault="0EAC81DA" w:rsidP="4093C662">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:caps/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="630" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="844" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">UND </w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">UND </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Q</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>UANT.</w:t>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>VALOR UNITÁRIO</w:t>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>QUANT.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>VALOR TOTAL</w:t>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>VALOR UNITÁRIO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>JUSTIFICATIVA</w:t>
-[...29 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>VALOR TOTAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>JUSTIFICATIVA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="660" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Despesas </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">operacionais </w:t>
+              <w:t xml:space="preserve">Despesas operacionais </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="1B926E5C" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> pessoal</w:t>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Folha de pagamento pessoal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...45 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="093A82B7" w14:paraId="4BB987C8" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Encargos sociais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0E1E3452" w14:paraId="7BF7843E" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Insumos/ materiais de consumo </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0E1E3452" w14:paraId="31375309" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="093A82B7" w14:paraId="43A4C5C1" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="093A82B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Despesas administrativas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="093A82B7" w14:paraId="5579D965" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Água </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="093A82B7" w14:paraId="7AB08C1A" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="7719A3E2" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="093A82B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Despesas financeiras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...45 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0E1E3452" w14:paraId="457F08C7" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">Taxas e tarifas bancárias </w:t>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="093A82B7" w14:paraId="3AA6CD7D" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...193 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Despesas de capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...45 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="57A9CCEE" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Máquinas e equipamentos </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...45 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="093A82B7" w14:paraId="152416DD" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="00327F43" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="093A82B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Despesas tributárias </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...45 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0EAC81DA" w14:paraId="42313D6A" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Impostos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...45 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="093A82B7" w14:paraId="626D622F" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="330"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="330" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2055" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...23 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>...</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="844" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1110" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...44 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="330" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6489" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VALOR TOTAL DO PROJETO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3715" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="160"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C6FF6CF" w14:textId="0B26317C" w:rsidR="4093C662" w:rsidRDefault="4093C662" w:rsidP="4093C662"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10155" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblBorders>
-[...5 lines deleted...]
-        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="45" w:type="dxa"/>
+          <w:left w:w="45" w:type="dxa"/>
+          <w:bottom w:w="45" w:type="dxa"/>
+          <w:right w:w="45" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="1" w:noVBand="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:val="06a0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10155"/>
       </w:tblGrid>
-      <w:tr w:rsidR="4093C662" w14:paraId="69DCD1FC" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="0678A98E" w14:textId="026AF76E" w:rsidR="3846CC7F" w:rsidRDefault="3846CC7F" w:rsidP="4093C662">
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="2"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">PROPOSTA DE CONTRAPARTIDA </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72A6A239" w14:textId="7FCFF880" w:rsidR="3846CC7F" w:rsidRDefault="3846CC7F" w:rsidP="4093C662">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:i/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="4093C662">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Se existente, descrever a contrapartida a ser ofertada pela proponente)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="4093C662" w14:paraId="219901EB" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="630"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="630" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10155" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...50 lines deleted...]
-            </w:pPr>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:before="0" w:after="160"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A9BD2CD" w14:textId="4E21853C" w:rsidR="4093C662" w:rsidRDefault="4093C662" w:rsidP="4093C662"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2677BEC0" w14:textId="2E2794BD" w:rsidR="4093C662" w:rsidRDefault="4093C662" w:rsidP="4093C662"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10205" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:firstRow="1" w:noVBand="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:val="06a0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10205"/>
       </w:tblGrid>
-      <w:tr w:rsidR="3EFDC5CC" w14:paraId="783D16E1" w14:textId="77777777" w:rsidTr="4093C662">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="300"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10205" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0C70F848" w14:textId="02D880A8" w:rsidR="6CC2EA37" w:rsidRDefault="49BCC50D" w:rsidP="4093C662">
+            <w:tcBorders/>
+            <w:shd w:color="auto" w:fill="D9E2F3" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>DOCUMENTAÇÕES A SEREM ANEXADAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="300" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10205" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Em conjunto com o presente projeto, a proponente deve apresentar, em formato PDF, na ferramenta ORIGEM no site do Fundo de Defesa de Direitos Fundamentais – FDDF-MPBA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId2">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="LinkdaInternet"/>
+                  <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+                </w:rPr>
+                <w:t>https://fddf.mpba.mp.br/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, as seguintes documentações: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
-              <w:jc w:val="center"/>
-[...52 lines deleted...]
-              <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Documento de identificação com foto e CPF do representante da proponente;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...94 lines deleted...]
-              <w:r w:rsidR="7DEFF8C8" w:rsidRPr="25186C66">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contrato Social ou o Estatuto Social (para entidades sem fins lucrativos), acompanhado de uma Certidão Simplificada emitida pelo órgão de registro competente, como a Junta Comercial ou o Cartório de Registro Civil de Pessoas Jurídicas; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cópia do CNPJ, disponível em </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId3">
+              <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-[...2 lines deleted...]
-                  <w:bCs/>
+                  <w:rStyle w:val="LinkdaInternet"/>
+                  <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
-                </w:rPr>
-[...114 lines deleted...]
-                  <w:szCs w:val="20"/>
+                  <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
                 </w:rPr>
                 <w:t>https://solucoes.receita.fazenda.gov.br/servicos/cnpjreva/cnpjreva_solicitacao.asp</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="67954BA6">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55A1C0D5" w14:textId="25C8FF6C" w:rsidR="6CC2EA37" w:rsidRDefault="6CC2EA37" w:rsidP="0537F170">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Certidão de regularidade de débitos relativos aos tributos federais e à dívida ativa da União, disponível em </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12">
-              <w:r w:rsidRPr="67954BA6">
+            <w:hyperlink r:id="rId4">
+              <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rStyle w:val="LinkdaInternet"/>
+                  <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
                 </w:rPr>
                 <w:t>https://solucoes.receita.fazenda.gov.br/Servicos/CertidaoInternet/PJ/emitir/</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="67954BA6">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="090ABBBD" w14:textId="57112416" w:rsidR="6CC2EA37" w:rsidRDefault="77B67E37" w:rsidP="0537F170">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:p w14:paraId="112C6E21" w14:textId="5460B14D" w:rsidR="6CC2EA37" w:rsidRDefault="77B67E37" w:rsidP="0537F170">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Certidões de regularidade emitidas pelos órgãos fazendários estaduais correspondentes, geralmente disponível no site da Secretaria da Fazenda do estado sede da entidade proponente; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...45 lines deleted...]
-          <w:p w14:paraId="38F53235" w14:textId="7B937D7F" w:rsidR="6CC2EA37" w:rsidRDefault="77B67E37" w:rsidP="0537F170">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Certidões de regularidade emitidas pelos órgãos fazendários municipais correspondentes, geralmente disponível no site da prefeitura ou presencialmente na Secretaria da Fazenda do município onde a entidade está sediada; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Certificado de regularidade do Fundo de Garantia do Tempo de Serviço (FGTS), emitido pela Caixa Econômica Federal, disponível em </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13">
-              <w:r w:rsidRPr="430280C4">
+            <w:hyperlink r:id="rId5">
+              <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rStyle w:val="LinkdaInternet"/>
+                  <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
                 </w:rPr>
                 <w:t>https://consulta-crf.caixa.gov.br/consultacrf/pages/consultaEmpregador.jsf</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="430280C4">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">;  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DCFC08A" w14:textId="1F6C2548" w:rsidR="6CC2EA37" w:rsidRDefault="77B67E37" w:rsidP="0537F170">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Certidão de regularidade de débitos trabalhistas, disponível em </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14">
-              <w:r w:rsidRPr="430280C4">
+            <w:hyperlink r:id="rId6">
+              <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rStyle w:val="LinkdaInternet"/>
+                  <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
                 </w:rPr>
                 <w:t>https://cndt-certidao.tst.jus.br/inicio.faces</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="430280C4">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="509706E8" w14:textId="7E7A4BBC" w:rsidR="6CC2EA37" w:rsidRDefault="6CC2EA37" w:rsidP="0537F170">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Certidão negativa de idoneidade da CGU, disponível em </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15">
-              <w:r w:rsidRPr="67954BA6">
+            <w:hyperlink r:id="rId7">
+              <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rStyle w:val="LinkdaInternet"/>
+                  <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
                 </w:rPr>
                 <w:t>https://certidoes.cgu.gov.br/</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="67954BA6">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">;  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C6B2FF5" w14:textId="76C0B5C0" w:rsidR="6CC2EA37" w:rsidRDefault="77B67E37" w:rsidP="0537F170">
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="360"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...29 lines deleted...]
-          <w:p w14:paraId="5F2981BD" w14:textId="2FF2ED45" w:rsidR="6CC2EA37" w:rsidRDefault="77B67E37" w:rsidP="0537F170">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comprovação da capacidade técnica para a execução do projeto, através de um ou mais documentos a seguir: histórico de projetos similares ou afins na área de submissão; atestados de capacidade técnica com as respectivas notas fiscais de atividades desenvolvidas anteriormente; termos de parceria ou de fomento; certificados e premiações; relatórios de execução e/ou prestação de contas aprovados em projetos sociais; depoimentos e cartas de recomendação; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...30 lines deleted...]
-              <w:r w:rsidR="2D02D458" w:rsidRPr="61504676">
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Declarações obrigatórias, disponíveis no site </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8">
+              <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:rStyle w:val="LinkdaInternet"/>
+                  <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                  <w:kern w:val="0"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
                 </w:rPr>
                 <w:t>https://fddf.mpba.mp.br/modelos-de-documentos/</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="2D02D458" w:rsidRPr="1068C9F3">
-[...16 lines deleted...]
-          <w:p w14:paraId="3D59FF46" w14:textId="0C14D0DF" w:rsidR="6CC2EA37" w:rsidRDefault="67A1F458" w:rsidP="0537F170">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
+              <w:widowControl w:val="false"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="3"/>
+                <w:numId w:val="2"/>
               </w:numPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve">Outros documentos, se necessário. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6BF550C9" w14:textId="3577A1CA" w:rsidR="4093C662" w:rsidRDefault="4093C662" w:rsidP="4093C662">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5F2CA92E" w14:textId="2166E4DB" w:rsidR="001C15ED" w:rsidRDefault="385D3A61" w:rsidP="3EFDC5CC">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4093C662">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Local e data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55894BB9" w14:textId="2778C545" w:rsidR="4093C662" w:rsidRDefault="4093C662" w:rsidP="4093C662">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="44057EA0" w14:textId="211FC7A7" w:rsidR="001C15ED" w:rsidRDefault="385D3A61" w:rsidP="3EFDC5CC">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="20"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0537F170">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E207724" w14:textId="1D825FAC" w:rsidR="001C15ED" w:rsidRDefault="3217B817" w:rsidP="0537F170">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="20" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="20"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0537F170">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Representante da p</w:t>
-[...26 lines deleted...]
-        <w:t>CPF</w:t>
+        <w:t>Representante da proponente e CPF</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="001C15ED">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+    <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:left="720" w:right="720" w:gutter="0" w:header="720" w:top="777" w:footer="720" w:bottom="777"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
+      <w:textDirection w:val="lrTb"/>
+      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
   <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...15 lines deleted...]
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...16 lines deleted...]
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2ACE5C9E" w14:textId="37F25018" w:rsidR="0EAC81DA" w:rsidRDefault="4093C662" w:rsidP="4093C662">
+<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
     <w:pPr>
+      <w:pStyle w:val="Normal"/>
+      <w:spacing w:before="0" w:after="160"/>
       <w:jc w:val="center"/>
+      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6FAA3E12" wp14:editId="7FDE86B8">
-          <wp:extent cx="6638924" cy="707909"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:extent cx="6638925" cy="708025"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1095449026" name="Picture 1095449026"/>
+          <wp:docPr id="3" name="Picture 1095449026" descr=""/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name=""/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="3" name="Picture 1095449026" descr=""/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                  <a:srcRect t="29437" b="38528"/>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect l="0" t="29447" r="0" b="38527"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6638924" cy="707909"/>
+                    <a:ext cx="6638925" cy="708025"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="08923A58" w14:textId="6B664A76" w:rsidR="0EAC81DA" w:rsidRDefault="4093C662" w:rsidP="4093C662">
+<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Normal"/>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="160"/>
+      <w:jc w:val="left"/>
+      <w:rPr/>
+    </w:pPr>
     <w:r>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0670A93C" wp14:editId="1D660951">
-          <wp:extent cx="6638924" cy="707909"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:extent cx="6638925" cy="708025"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="918301934" name="Picture 918301934"/>
+          <wp:docPr id="4" name="Picture 918301934" descr=""/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name=""/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="4" name="Picture 918301934" descr=""/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                  <a:srcRect t="29437" b="38528"/>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect l="0" t="29447" r="0" b="38527"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6638924" cy="707909"/>
+                    <a:ext cx="6638925" cy="708025"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...30 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="770D525C" w14:textId="2CBC7554" w:rsidR="381C9226" w:rsidRDefault="00D7EA2A" w:rsidP="00D7EA2A">
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
+      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75A44B06" wp14:editId="3EF9A660">
-          <wp:extent cx="7055212" cy="1080000"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:extent cx="7055485" cy="1080135"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2031026588" name="Imagem 2031026588"/>
+          <wp:docPr id="1" name="Imagem 2031026588" descr=""/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name=""/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="1" name="Imagem 2031026588" descr=""/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7055212" cy="1080000"/>
+                    <a:ext cx="7055485" cy="1080135"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="381C9226">
+    <w:r>
+      <w:rPr/>
       <w:br/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4A2B442C" w14:textId="09958890" w:rsidR="4093C662" w:rsidRDefault="4093C662" w:rsidP="4093C662">
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-[...4 lines deleted...]
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Cabealho"/>
+      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E2F466F" wp14:editId="211269EA">
-          <wp:extent cx="6749795" cy="1080000"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:extent cx="6749415" cy="1080135"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1458662689" name="Imagem 2031026588"/>
+          <wp:docPr id="2" name="Figura2" descr=""/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Imagem 2031026588"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="2" name="Figura2" descr=""/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                  <a:srcRect r="4329"/>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect l="0" t="0" r="4329" b="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="6749795" cy="1080000"/>
+                    <a:ext cx="6749415" cy="1080135"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="874AA9C0">
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:abstractNum w:abstractNumId="1">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9DE4BE24">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="DC043AF6">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="3AA63A14">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70F25820">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="4C76BE84">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="4C003054">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66FC456C">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="A83EE264">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="FDCAC52C">
+  <w:abstractNum w:abstractNumId="2">
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A22C0CAE">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B6D0C6E2">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77AA44C8">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1C540AC6">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="B1AA5C9C">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="495E128C">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="F8580368">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2D28B468">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...516 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1116483242">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="872036287">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1713265292">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="425"/>
-[...10 lines deleted...]
-  </w:endnotePr>
+  <w:autoHyphenation w:val="true"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...1185 lines deleted...]
-  </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
-  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-[...10 lines deleted...]
-  <w15:docId w15:val="{6317F50A-676E-453A-B003-8ADC8A053A5F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
+        <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15684,52 +15288,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -15796,228 +15400,318 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="160"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Arial" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="LinkdaInternet">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="67954ba6"/>
+    <w:rPr>
+      <w:color w:val="467886"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Annotationtext"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Annotationreference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Título"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Corpodotexto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Lucida Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpodotexto">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Corpodotexto"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ndice">
+    <w:name w:val="Índice"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contedodatabela" w:customStyle="1">
+    <w:name w:val="Conteúdo da tabela"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0eac81da"/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="ＭＳ 明朝" w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0eac81da"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="160"/>
+      <w:ind w:left="720" w:hanging="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CabealhoeRodap">
+    <w:name w:val="Cabeçalho e Rodapé"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0eac81da"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4680" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9360" w:leader="none"/>
+      </w:tabs>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0eac81da"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4680" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9360" w:leader="none"/>
+      </w:tabs>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Annotationtext">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
-[...56 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00FB4123"/>
+    <w:rsid w:val="00fb4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
-  </w:style>
-[...46 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fddf.mpba.mp.br/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solucoes.receita.fazenda.gov.br/servicos/cnpjreva/cnpjreva_solicitacao.asp" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solucoes.receita.fazenda.gov.br/Servicos/CertidaoInternet/PJ/emitir/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://consulta-crf.caixa.gov.br/consultacrf/pages/consultaEmpregador.jsf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cndt-certidao.tst.jus.br/inicio.faces" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://certidoes.cgu.gov.br/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fddf.mpba.mp.br/modelos-de-documentos/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/>
+</Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://consulta-crf.caixa.gov.br/consultacrf/pages/consultaEmpregador.jsf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solucoes.receita.fazenda.gov.br/Servicos/CertidaoInternet/PJ/emitir/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fddf.mpba.mp.br/modelos-de-documentos/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solucoes.receita.fazenda.gov.br/servicos/cnpjreva/cnpjreva_solicitacao.asp" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://certidoes.cgu.gov.br/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fddf.mpba.mp.br/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cndt-certidao.tst.jus.br/inicio.faces" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/>
+</Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/>
+</Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/>
+</Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -16237,63 +15931,81 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/>
+</Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/>
+</Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/>
+</Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100CF0698C20625CF4192A15D2342327ABC" ma:contentTypeVersion="4" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="f61b5740ea019a9f21ddefe1b2fb8db5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ac3486dc-76e4-4da0-a954-6c222b409e39" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0792c41e6f7e3beaea14be28dce0e7cc" ns2:_="">
     <xsd:import namespace="ac3486dc-76e4-4da0-a954-6c222b409e39"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ac3486dc-76e4-4da0-a954-6c222b409e39" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -16393,129 +16105,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C0915EA-F854-4AB4-8BE1-275D29880344}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7C250DF-76B1-461F-A6B1-CE82824EF07C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A616254B-A318-4B69-B96C-616493BB450A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ac3486dc-76e4-4da0-a954-6c222b409e39"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...2 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>LibreOffice/7.4.3.2$Windows_X86_64 LibreOffice_project/1048a8393ae2eeec98dff31b5c133c5f1d08b890</Application>
+  <AppVersion></AppVersion>
   <DocSecurity>4</DocSecurity>
-  <Lines>47</Lines>
-[...7 lines deleted...]
-  <AppVersion></AppVersion>
+  <Pages>7</Pages>
+  <Words>800</Words>
+  <Characters>5058</Characters>
+  <CharactersWithSpaces>5772</CharactersWithSpaces>
+  <Paragraphs>102</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Milena Goes de Cerqueira</dc:creator>
+  <dc:description/>
+  <dc:language>pt-BR</dc:language>
+  <cp:lastModifiedBy/>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
   <dc:title/>
-  <dc:subject/>
-[...6 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100CF0698C20625CF4192A15D2342327ABC</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ComplianceAssetId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_activity">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_activity">
     <vt:lpwstr>{"FileActivityType":"9","FileActivityTimeStamp":"2025-02-25T20:02:37.000Z","FileActivityUsersOnPage":[{"DisplayName":"Milena Goes de Cerqueira","Id":"milena.cerqueira@mpba.mp.br"},{"DisplayName":"Andrea Scaff de Paula Mota","Id":"andreascaff@mpba.mp.br"},{"DisplayName":"Lucas Araújo da Silva","Id":"lucas.araujo@mpba.mp.br"},{"DisplayName":"Pablo Michel da Silva Pereira","Id":"pablo.pereira@mpba.mp.br"},{"DisplayName":"Elizabete De Araujo Souza","Id":"elizabete.souza@mpba.mp.br"}],"FileActivityNavigationId":null}</vt:lpwstr>
-  </property>
-[...1 lines deleted...]
-    <vt:lpwstr/>
   </property>
 </Properties>
 </file>